--- v0 (2025-10-24)
+++ v1 (2026-02-05)
@@ -1,92 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2617053D" w14:textId="4CF81C05" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
+    <w:p w14:paraId="2617053D" w14:textId="763001FA" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">Pokyny ku autorizačnej knihe pre </w:t>
       </w:r>
       <w:r w:rsidR="00C74F62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>spoločnosť</w:t>
       </w:r>
       <w:r w:rsidR="00246324">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t xml:space="preserve"> od 1.1.2025</w:t>
+        <w:t xml:space="preserve"> od 1.1.202</w:t>
+      </w:r>
+      <w:r w:rsidR="0022309C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C30B526" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53A2514A" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -548,182 +558,177 @@
       <w:tblPr>
         <w:tblW w:w="8221" w:type="dxa"/>
         <w:tblInd w:w="988" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2059"/>
         <w:gridCol w:w="2933"/>
         <w:gridCol w:w="3229"/>
       </w:tblGrid>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="7A4C30AB" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A252954" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve">Počet kusov: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EAF38FE" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>1 ks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="332A56AE" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>2 ks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="1D5B31E1" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57F3F9B2" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>výška náhrady:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45BEF8F5" w14:textId="61AA91FA" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -740,51 +745,50 @@
             <w:r w:rsidR="00E20F47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>,20</w:t>
             </w:r>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> € + poštovné</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A6199EF" w14:textId="65E9FF0C" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
@@ -806,356 +810,381 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> + poštovné</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="4515E297" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E95463A" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>poštovné</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB3EF78" w14:textId="171DFA6B" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
+          <w:p w14:paraId="4FB3EF78" w14:textId="606267B7" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>3,</w:t>
             </w:r>
-            <w:r w:rsidR="004F5313">
+            <w:r w:rsidR="004E5484">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>0 €</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> (oslobodené od DPH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44F6A49D" w14:textId="1D7FA95E" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="00E43887" w:rsidP="00EA3930">
+          <w:p w14:paraId="44F6A49D" w14:textId="6A9EAC52" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="004E5484" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>3,50</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="006E09A5" w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> €</w:t>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="006E09A5" w:rsidRPr="008528C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t>0 €</w:t>
             </w:r>
             <w:r w:rsidR="006E09A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> (oslobodené od DPH)</w:t>
             </w:r>
             <w:r w:rsidR="006E09A5" w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="177CF369" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73A2A699" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve">SPOLU: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="41DE436D" w14:textId="09200064" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
+          <w:p w14:paraId="41DE436D" w14:textId="5FBBC1A1" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E09A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>21,</w:t>
             </w:r>
-            <w:r w:rsidR="004F5313">
+            <w:r w:rsidR="004E5484">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="006E09A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>0 €</w:t>
             </w:r>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> vrátane DPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06CD9294" w14:textId="6BEDD89E" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="00E43887" w:rsidP="00EA3930">
+          <w:p w14:paraId="06CD9294" w14:textId="3FF5705D" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:pStyle w:val="Zkladntext"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>39,9</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006E09A5">
+              <w:t>40,</w:t>
+            </w:r>
+            <w:r w:rsidR="004E5484">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006E09A5" w:rsidRPr="008528C5">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008528C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
-            <w:r w:rsidR="006E09A5" w:rsidRPr="008528C5">
+            <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> vrátane DPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F92CD1A" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2316"/>
         </w:tabs>
         <w:ind w:left="1068"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DD31CA3" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
@@ -1351,73 +1380,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Bratislava:</w:t>
       </w:r>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Lucia </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">, Kolárska 4, 813 42 Bratislava </w:t>
+        <w:t xml:space="preserve"> Lucia Chmelíčková, Kolárska 4, 813 42 Bratislava </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="008528C5">
           <w:rPr>
             <w:rStyle w:val="Hypertextovprepojenie"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="sk-SK"/>
           </w:rPr>
           <w:t>podatelna@sak.sk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
@@ -1866,600 +1873,560 @@
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9660"/>
         <w:gridCol w:w="1221"/>
         <w:gridCol w:w="1069"/>
         <w:gridCol w:w="903"/>
         <w:gridCol w:w="904"/>
       </w:tblGrid>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="140C370B" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13757" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C9CBD05" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="52C5EBA9" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11950" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="33A86CC0" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="903" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F60CDBA" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1FC13974" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="3B314DEB" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="5000" w:type="pct"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3395"/>
               <w:gridCol w:w="6115"/>
             </w:tblGrid>
             <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="1105CA1C" w14:textId="77777777" w:rsidTr="00C74F62">
               <w:trPr>
                 <w:trHeight w:val="510"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="0DEE880A" w14:textId="25A7FAC4" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>Obchodné meno:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3215" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="6E345302" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
                 <w:p w14:paraId="7C954F9F" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
                 <w:p w14:paraId="12E5B2B7" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRPr="008528C5" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00C74F62" w:rsidRPr="008528C5" w14:paraId="5F03C7DD" w14:textId="77777777" w:rsidTr="00C74F62">
               <w:trPr>
                 <w:trHeight w:val="510"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="24491B56" w14:textId="12F2B8EF" w:rsidR="00C74F62" w:rsidRDefault="00C74F62" w:rsidP="00EA3930">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>Sídlo advokátskej kancelárie:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3215" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="6978C5D2" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
                 <w:p w14:paraId="074FA47A" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
                 <w:p w14:paraId="23AA802B" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRPr="008528C5" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00C74F62" w:rsidRPr="008528C5" w14:paraId="28C848D8" w14:textId="77777777" w:rsidTr="00C74F62">
               <w:trPr>
                 <w:trHeight w:val="510"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="6AD82A2C" w14:textId="436C84CB" w:rsidR="00C74F62" w:rsidRDefault="00C74F62" w:rsidP="00EA3930">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>Korešpondenčná adresa:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3215" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="742AB833" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
                 <w:p w14:paraId="0A5CF882" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
                 <w:p w14:paraId="01D6CECD" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRPr="008528C5" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="31956157" w14:textId="77777777" w:rsidTr="00C74F62">
               <w:trPr>
                 <w:trHeight w:val="510"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="16FC4B1B" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008528C5">
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>IČO:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3215" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="67DA0241" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRPr="008528C5" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="4388DDDA" w14:textId="77777777" w:rsidTr="00C74F62">
               <w:trPr>
                 <w:trHeight w:val="510"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="4AC40565" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008528C5">
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>DIČ:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3215" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="5D0FD5C5" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="04095D79" w14:textId="77777777" w:rsidTr="00C74F62">
               <w:trPr>
                 <w:trHeight w:val="510"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="74B3D4A0" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008528C5">
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>IČ DPH:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3215" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="31F0F590" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="2FFDEF96" w14:textId="77777777" w:rsidTr="00C74F62">
               <w:trPr>
                 <w:trHeight w:val="510"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="76539B5C" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008528C5">
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>Telefón:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3215" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="007BFF4D" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00C74F62" w:rsidRPr="008528C5" w14:paraId="0B4F88A1" w14:textId="77777777" w:rsidTr="00C74F62">
               <w:trPr>
                 <w:trHeight w:val="510"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="724490C5" w14:textId="4F18CACA" w:rsidR="00C74F62" w:rsidRPr="008528C5" w:rsidRDefault="00C74F62" w:rsidP="00EA3930">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>E-mail:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3215" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="4B72B9D2" w14:textId="77777777" w:rsidR="00C74F62" w:rsidRPr="008528C5" w:rsidRDefault="00C74F62" w:rsidP="00EA3930"/>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="3BDD1354" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B3B4795" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1069" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C35FAFE" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="903" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DEAB046" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F794AA5" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="3B6A1CB6" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D871021" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2876" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7182A112" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">             office@sak.sk</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="6E8EC9B1" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="70DC3E9E" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
-          <w:p w14:paraId="4C5B1EB2" w14:textId="58DBE6A3" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
+          <w:p w14:paraId="4C5B1EB2" w14:textId="21DE5925" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:r w:rsidRPr="008528C5">
               <w:t xml:space="preserve">Knihu o autorizácii si objednávam prvý raz: </w:t>
             </w:r>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00F476BE" w:rsidRPr="00F476BE">
+            <w:r w:rsidR="00693E5D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>krížikom označte</w:t>
-[...11 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>zaškrtnite Vašu voľbu)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EB570B3" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
           <w:p w14:paraId="71B15B4A" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2563,151 +2530,146 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">NIE </w:t>
             </w:r>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(prosím, uveďte dátum posledného dodania overeného podpisu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CEBC78C" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2876" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C533116" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">           Tel.:  02/ 52 96 15 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E09A5" w:rsidRPr="008528C5" w14:paraId="66AAA87A" w14:textId="77777777" w:rsidTr="00EA3930">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="76DC8E0C" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B984263" w14:textId="012B985D" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
+          <w:p w14:paraId="06426138" w14:textId="2F661E1B" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:r w:rsidRPr="008528C5">
               <w:t xml:space="preserve">Knihu o autorizácii si prevezmem: </w:t>
             </w:r>
-            <w:r w:rsidR="000C1014" w:rsidRPr="008528C5">
+            <w:r w:rsidR="00693E5D" w:rsidRPr="008528C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00F476BE" w:rsidRPr="00F476BE">
+            <w:r w:rsidR="00693E5D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>krížikom označte</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000C1014">
+              <w:t>zaškrtnite Vašu voľbu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve"> Vašu voľbu</w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
+            <w:r w:rsidRPr="008528C5">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
           </w:p>
+          <w:p w14:paraId="3B984263" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930"/>
           <w:p w14:paraId="5B37ADC6" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Check3"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
@@ -2825,51 +2787,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:t xml:space="preserve">Počet kusov: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6939C30D" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2876" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67FCC1FB" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="00EA3930">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008528C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">          Fax.:  02/ 52 96 15 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C0E388C" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
@@ -2931,73 +2892,51 @@
         </w:rPr>
         <w:t xml:space="preserve">                                                                                           ......................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="386B3D55" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                           podpis, </w:t>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">                                                                                                           podpis, v.r.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051CC006" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42560A7C" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -3013,51 +2952,50 @@
     <w:p w14:paraId="3AFF4700" w14:textId="57F73917" w:rsidR="006E09A5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Č.2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E5393E7" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="175DFB02" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -3150,310 +3088,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Ja,</w:t>
       </w:r>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> .............titul, meno, priezvisko ................. </w:t>
       </w:r>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t>advokát/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>advokát/tka, registračné číslo v komore</w:t>
+      </w:r>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ..........., </w:t>
+      </w:r>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t>, registračné číslo v komore</w:t>
+        <w:t>sídlom advokátskej kancelárie</w:t>
       </w:r>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ..........., </w:t>
+        <w:t xml:space="preserve"> ....................................................... </w:t>
       </w:r>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t>sídlom advokátskej kancelárie</w:t>
+        <w:t xml:space="preserve">vyhlasujem, že pri autorizácii zmlúv podľa § 1a a nasl. zákona </w:t>
       </w:r>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
-[...214 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>č. 586/2003 Z. z. zo 4. decembra 2003 o advokácii a o zmene a doplnení zákona č. 455/1991 Zb. o živnostenskom podnikaní (živnostenský zákon) v znení neskorších predpisov</w:t>
+      </w:r>
       <w:r w:rsidRPr="008528C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> sa budem podpisovať nasledovne: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24B46332" w14:textId="77777777" w:rsidR="006E09A5" w:rsidRPr="008528C5" w:rsidRDefault="006E09A5" w:rsidP="006E09A5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
@@ -3946,79 +3672,77 @@
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="847250898">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="727454898">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="756902939">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E09A5"/>
     <w:rsid w:val="00080BA0"/>
-    <w:rsid w:val="000C1014"/>
-    <w:rsid w:val="00237602"/>
+    <w:rsid w:val="0022309C"/>
     <w:rsid w:val="00246324"/>
-    <w:rsid w:val="00366A0F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004F5313"/>
+    <w:rsid w:val="004E5484"/>
+    <w:rsid w:val="00693E5D"/>
     <w:rsid w:val="006E09A5"/>
     <w:rsid w:val="008761A1"/>
     <w:rsid w:val="008C2FFB"/>
+    <w:rsid w:val="00A53AAC"/>
+    <w:rsid w:val="00B53330"/>
     <w:rsid w:val="00C74F62"/>
-    <w:rsid w:val="00C87C44"/>
+    <w:rsid w:val="00D15F6E"/>
     <w:rsid w:val="00E20F47"/>
-    <w:rsid w:val="00E43887"/>
-    <w:rsid w:val="00F476BE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sk-SK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1353910B"/>
@@ -4616,50 +4340,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normlny"/>
     <w:next w:val="Normlny"/>
     <w:link w:val="Nadpis9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E09A5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Predvolenpsmoodseku">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlnatabuka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezzoznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis1Char">
     <w:name w:val="Nadpis 1 Char"/>
@@ -4963,51 +4688,50 @@
       <w:snapToGrid w:val="0"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="cs-CZ" w:eastAsia="sk-SK"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hypertextovprepojenie">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E09A5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:turanova@sak.sk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:podatelna@sak.sk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motív Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
@@ -5269,72 +4993,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>527</Words>
-  <Characters>3010</Characters>
+  <Characters>3005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Názov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3530</CharactersWithSpaces>
+  <CharactersWithSpaces>3525</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alica Turanova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>